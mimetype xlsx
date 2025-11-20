--- v0 (2025-10-29)
+++ v1 (2025-11-20)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <fileVersion appName="SpreadsheetGear 9.3.48.102"/>
+  <fileVersion appName="SpreadsheetGear 9.3.52.102"/>
   <workbookPr/>
   <bookViews>
     <workbookView xWindow="480" yWindow="60" windowWidth="18075" windowHeight="9900"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="40001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="6">
   <si>
     <t>Task 3</t>
   </si>
   <si>
     <t>Task 4</t>
   </si>
   <si>
     <t>Task 1</t>
   </si>
   <si>
     <t>Task 5</t>
   </si>
@@ -672,98 +672,98 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <dimension ref="G2:I7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.1"/>
   <sheetData>
     <row r="2">
       <c r="G2" t="s">
         <v>2</v>
       </c>
       <c>
         <v>0</v>
       </c>
       <c>
         <f ca="1" t="shared" si="0" ref="I2:I7">INT(RAND() * 10) + 2</f>
-        <v>10</v>
+        <v>8</v>
       </c>
     </row>
     <row>
       <c r="G3" t="s">
         <v>4</v>
       </c>
       <c>
         <f ca="1" t="shared" si="1" ref="H3:H7">H2+I2</f>
+        <v>8</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
         <v>10</v>
-      </c>
-[...2 lines deleted...]
-        <v>8</v>
       </c>
     </row>
     <row>
       <c r="G4" t="s">
         <v>0</v>
       </c>
       <c>
         <f ca="1" t="shared" si="1"/>
         <v>18</v>
       </c>
       <c>
         <f ca="1" t="shared" si="0"/>
-        <v>6</v>
+        <v>10</v>
       </c>
     </row>
     <row>
       <c r="G5" t="s">
         <v>1</v>
       </c>
       <c>
         <f ca="1" t="shared" si="1"/>
-        <v>24</v>
+        <v>28</v>
       </c>
       <c>
         <f ca="1" t="shared" si="0"/>
-        <v>4</v>
+        <v>10</v>
       </c>
     </row>
     <row>
       <c r="G6" t="s">
         <v>3</v>
       </c>
       <c>
         <f ca="1" t="shared" si="1"/>
-        <v>28</v>
+        <v>38</v>
       </c>
       <c>
         <f ca="1" t="shared" si="0"/>
-        <v>4</v>
+        <v>11</v>
       </c>
     </row>
     <row>
       <c r="G7" t="s">
         <v>5</v>
       </c>
       <c>
         <f ca="1" t="shared" si="1"/>
-        <v>32</v>
+        <v>49</v>
       </c>
       <c>
         <f ca="1" t="shared" si="0"/>
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>