--- v1 (2025-11-20)
+++ v2 (2025-12-11)
@@ -672,98 +672,98 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <dimension ref="G2:I7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.1"/>
   <sheetData>
     <row r="2">
       <c r="G2" t="s">
         <v>2</v>
       </c>
       <c>
         <v>0</v>
       </c>
       <c>
         <f ca="1" t="shared" si="0" ref="I2:I7">INT(RAND() * 10) + 2</f>
-        <v>8</v>
+        <v>4</v>
       </c>
     </row>
     <row>
       <c r="G3" t="s">
         <v>4</v>
       </c>
       <c>
         <f ca="1" t="shared" si="1" ref="H3:H7">H2+I2</f>
-        <v>8</v>
+        <v>4</v>
       </c>
       <c>
         <f ca="1" t="shared" si="0"/>
-        <v>10</v>
+        <v>3</v>
       </c>
     </row>
     <row>
       <c r="G4" t="s">
         <v>0</v>
       </c>
       <c>
         <f ca="1" t="shared" si="1"/>
-        <v>18</v>
+        <v>7</v>
       </c>
       <c>
         <f ca="1" t="shared" si="0"/>
-        <v>10</v>
+        <v>6</v>
       </c>
     </row>
     <row>
       <c r="G5" t="s">
         <v>1</v>
       </c>
       <c>
         <f ca="1" t="shared" si="1"/>
-        <v>28</v>
+        <v>13</v>
       </c>
       <c>
         <f ca="1" t="shared" si="0"/>
-        <v>10</v>
+        <v>4</v>
       </c>
     </row>
     <row>
       <c r="G6" t="s">
         <v>3</v>
       </c>
       <c>
         <f ca="1" t="shared" si="1"/>
-        <v>38</v>
+        <v>17</v>
       </c>
       <c>
         <f ca="1" t="shared" si="0"/>
-        <v>11</v>
+        <v>7</v>
       </c>
     </row>
     <row>
       <c r="G7" t="s">
         <v>5</v>
       </c>
       <c>
         <f ca="1" t="shared" si="1"/>
-        <v>49</v>
+        <v>24</v>
       </c>
       <c>
         <f ca="1" t="shared" si="0"/>
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>