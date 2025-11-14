--- v0 (2025-10-24)
+++ v1 (2025-11-14)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/media/image1.png" ContentType="image/png"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <fileVersion appName="SpreadsheetGear 9.3.48.102"/>
+  <fileVersion appName="SpreadsheetGear 9.3.52.102"/>
   <workbookPr/>
   <bookViews>
     <workbookView xWindow="-93" yWindow="-93" windowWidth="25786" windowHeight="13986"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="40001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2">
   <si>
     <t>Series 1</t>
   </si>
   <si>
     <t>Series 2</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
@@ -844,126 +844,126 @@
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <dimension ref="A1:B10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.1"/>
   <sheetData>
     <row>
       <c t="s">
         <v>0</v>
       </c>
       <c t="s">
         <v>1</v>
       </c>
     </row>
     <row>
       <c>
         <f ca="1" t="shared" si="0" ref="A2:A10">RAND()</f>
-        <v>0.7954071514141274</v>
+        <v>0.134017116015686</v>
       </c>
       <c>
         <f ca="1" t="shared" si="1" ref="B2:B10">1-A2</f>
-        <v>0.20459284858587257</v>
+        <v>0.865982883984314</v>
       </c>
     </row>
     <row>
       <c>
         <f ca="1" t="shared" si="0"/>
-        <v>0.8030622077905658</v>
+        <v>0.7944806416027257</v>
       </c>
       <c>
         <f ca="1" t="shared" si="1"/>
-        <v>0.1969377922094342</v>
+        <v>0.2055193583972743</v>
       </c>
     </row>
     <row>
       <c>
         <f ca="1" t="shared" si="0"/>
-        <v>0.1246667548158582</v>
+        <v>0.6208644982305298</v>
       </c>
       <c>
         <f ca="1" t="shared" si="1"/>
-        <v>0.8753332451841418</v>
+        <v>0.3791355017694702</v>
       </c>
     </row>
     <row>
       <c>
         <f ca="1" t="shared" si="0"/>
-        <v>0.14191133094421815</v>
+        <v>0.15115443632336856</v>
       </c>
       <c>
         <f ca="1" t="shared" si="1"/>
-        <v>0.8580886690557818</v>
+        <v>0.8488455636766314</v>
       </c>
     </row>
     <row>
       <c>
         <f ca="1" t="shared" si="0"/>
-        <v>0.9078070108094085</v>
+        <v>0.4913717339403183</v>
       </c>
       <c>
         <f ca="1" t="shared" si="1"/>
-        <v>0.09219298919059149</v>
+        <v>0.5086282660596817</v>
       </c>
     </row>
     <row>
       <c>
         <f ca="1" t="shared" si="0"/>
-        <v>0.5460698383208422</v>
+        <v>0.7804099844622554</v>
       </c>
       <c>
         <f ca="1" t="shared" si="1"/>
-        <v>0.4539301616791578</v>
+        <v>0.2195900155377446</v>
       </c>
     </row>
     <row>
       <c>
         <f ca="1" t="shared" si="0"/>
-        <v>0.1784372234443179</v>
+        <v>0.8670308144241803</v>
       </c>
       <c>
         <f ca="1" t="shared" si="1"/>
-        <v>0.8215627765556821</v>
+        <v>0.13296918557581971</v>
       </c>
     </row>
     <row>
       <c>
         <f ca="1" t="shared" si="0"/>
-        <v>0.7232175396165719</v>
+        <v>0.009075593106487645</v>
       </c>
       <c>
         <f ca="1" t="shared" si="1"/>
-        <v>0.27678246038342813</v>
+        <v>0.9909244068935124</v>
       </c>
     </row>
     <row>
       <c>
         <f ca="1" t="shared" si="0"/>
-        <v>0.8355013917705314</v>
+        <v>0.5263585147907746</v>
       </c>
       <c>
         <f ca="1" t="shared" si="1"/>
-        <v>0.1644986082294686</v>
+        <v>0.47364148520922544</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator>Tim Andersen</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>