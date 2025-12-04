--- v1 (2025-11-14)
+++ v2 (2025-12-04)
@@ -844,126 +844,126 @@
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <dimension ref="A1:B10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.1"/>
   <sheetData>
     <row>
       <c t="s">
         <v>0</v>
       </c>
       <c t="s">
         <v>1</v>
       </c>
     </row>
     <row>
       <c>
         <f ca="1" t="shared" si="0" ref="A2:A10">RAND()</f>
-        <v>0.134017116015686</v>
+        <v>0.27027844771875564</v>
       </c>
       <c>
         <f ca="1" t="shared" si="1" ref="B2:B10">1-A2</f>
-        <v>0.865982883984314</v>
+        <v>0.7297215522812444</v>
       </c>
     </row>
     <row>
       <c>
         <f ca="1" t="shared" si="0"/>
-        <v>0.7944806416027257</v>
+        <v>0.8263853887359192</v>
       </c>
       <c>
         <f ca="1" t="shared" si="1"/>
-        <v>0.2055193583972743</v>
+        <v>0.17361461126408084</v>
       </c>
     </row>
     <row>
       <c>
         <f ca="1" t="shared" si="0"/>
-        <v>0.6208644982305298</v>
+        <v>0.9898945429248895</v>
       </c>
       <c>
         <f ca="1" t="shared" si="1"/>
-        <v>0.3791355017694702</v>
+        <v>0.010105457075110458</v>
       </c>
     </row>
     <row>
       <c>
         <f ca="1" t="shared" si="0"/>
-        <v>0.15115443632336856</v>
+        <v>0.942016588976764</v>
       </c>
       <c>
         <f ca="1" t="shared" si="1"/>
-        <v>0.8488455636766314</v>
+        <v>0.05798341102323601</v>
       </c>
     </row>
     <row>
       <c>
         <f ca="1" t="shared" si="0"/>
-        <v>0.4913717339403183</v>
+        <v>0.1151219996784274</v>
       </c>
       <c>
         <f ca="1" t="shared" si="1"/>
-        <v>0.5086282660596817</v>
+        <v>0.8848780003215726</v>
       </c>
     </row>
     <row>
       <c>
         <f ca="1" t="shared" si="0"/>
-        <v>0.7804099844622554</v>
+        <v>0.5120656495041152</v>
       </c>
       <c>
         <f ca="1" t="shared" si="1"/>
-        <v>0.2195900155377446</v>
+        <v>0.48793435049588485</v>
       </c>
     </row>
     <row>
       <c>
         <f ca="1" t="shared" si="0"/>
-        <v>0.8670308144241803</v>
+        <v>0.8534632387477101</v>
       </c>
       <c>
         <f ca="1" t="shared" si="1"/>
-        <v>0.13296918557581971</v>
+        <v>0.14653676125228987</v>
       </c>
     </row>
     <row>
       <c>
         <f ca="1" t="shared" si="0"/>
-        <v>0.009075593106487645</v>
+        <v>0.4130244243671388</v>
       </c>
       <c>
         <f ca="1" t="shared" si="1"/>
-        <v>0.9909244068935124</v>
+        <v>0.5869755756328612</v>
       </c>
     </row>
     <row>
       <c>
         <f ca="1" t="shared" si="0"/>
-        <v>0.5263585147907746</v>
+        <v>0.9696615761886997</v>
       </c>
       <c>
         <f ca="1" t="shared" si="1"/>
-        <v>0.47364148520922544</v>
+        <v>0.030338423811300252</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator>Tim Andersen</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>