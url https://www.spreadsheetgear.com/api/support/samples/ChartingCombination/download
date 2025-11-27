--- v0 (2025-11-03)
+++ v1 (2025-11-27)
@@ -837,129 +837,129 @@
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.1"/>
   <sheetData>
     <row r="2">
       <c r="H2" t="s">
         <v>1</v>
       </c>
       <c t="s">
         <v>2</v>
       </c>
       <c t="s">
         <v>8</v>
       </c>
       <c t="s">
         <v>5</v>
       </c>
     </row>
     <row>
       <c r="G3" t="s">
         <v>6</v>
       </c>
       <c>
         <f ca="1" t="shared" si="0" ref="H3:J7">INT(RAND() * 500) + 300</f>
-        <v>450</v>
-[...7 lines deleted...]
-        <v>777</v>
+        <v>716</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>595</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>666</v>
       </c>
       <c>
         <f ca="1" t="shared" si="1" ref="K3:K7">SUM(H3:J3)</f>
-        <v>1678</v>
+        <v>1977</v>
       </c>
     </row>
     <row>
       <c r="G4" t="s">
         <v>3</v>
       </c>
       <c>
         <f ca="1" t="shared" si="0"/>
-        <v>466</v>
-[...7 lines deleted...]
-        <v>384</v>
+        <v>671</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>478</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>311</v>
       </c>
       <c>
         <f ca="1" t="shared" si="1"/>
-        <v>1158</v>
+        <v>1460</v>
       </c>
     </row>
     <row>
       <c r="G5" t="s">
         <v>4</v>
       </c>
       <c>
         <f ca="1" t="shared" si="0"/>
-        <v>344</v>
-[...7 lines deleted...]
-        <v>451</v>
+        <v>357</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>687</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>586</v>
       </c>
       <c>
         <f ca="1" t="shared" si="1"/>
-        <v>1300</v>
+        <v>1630</v>
       </c>
     </row>
     <row>
       <c r="G6" t="s">
         <v>7</v>
       </c>
       <c>
         <f ca="1" t="shared" si="0"/>
-        <v>397</v>
-[...7 lines deleted...]
-        <v>739</v>
+        <v>357</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>769</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>459</v>
       </c>
       <c>
         <f ca="1" t="shared" si="1"/>
-        <v>1789</v>
+        <v>1585</v>
       </c>
     </row>
     <row>
       <c r="G7" t="s">
         <v>0</v>
       </c>
       <c>
         <f ca="1" t="shared" si="0"/>
-        <v>303</v>
-[...7 lines deleted...]
-        <v>684</v>
+        <v>352</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>689</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>798</v>
       </c>
       <c>
         <f ca="1" t="shared" si="1"/>
-        <v>1470</v>
+        <v>1839</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>