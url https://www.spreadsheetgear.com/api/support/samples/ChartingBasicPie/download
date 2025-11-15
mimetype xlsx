--- v0 (2025-10-25)
+++ v1 (2025-11-15)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <fileVersion appName="SpreadsheetGear 9.3.48.102"/>
+  <fileVersion appName="SpreadsheetGear 9.3.52.102"/>
   <workbookPr/>
   <bookViews>
     <workbookView xWindow="-98" yWindow="-98" windowWidth="24496" windowHeight="15796"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="GrandTotal">Sheet1!$L$7</definedName>
     <definedName name="Quarters">Sheet1!$G$3:$G$6</definedName>
     <definedName name="RegionalSales">Sheet1!$G$2:$K$6</definedName>
     <definedName name="Regions">Sheet1!$H$2:$K$2</definedName>
     <definedName name="TotalByQuarter">Sheet1!$L$3:$L$6</definedName>
     <definedName name="TotalByRegion">Sheet1!$H$7:$K$7</definedName>
   </definedNames>
   <calcPr calcId="40001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="9">
   <si>
     <t>Q4</t>
   </si>
   <si>
@@ -226,54 +226,54 @@
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="6">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="6" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="6" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="6" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" /><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" /></Relationships>
 </file>
 
 <file path=xl/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <c:date1904 val="0"/>
   <c:lang val="en-US"/>
   <c:roundedCorners val="0"/>
   <c:chart>
     <c:title>
       <c:tx>
         <c:rich>
           <a:bodyPr/>
@@ -656,180 +656,180 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <dimension ref="G2:L7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.1"/>
   <cols>
     <col min="7" max="7" width="5.46484375" customWidth="1"/>
     <col min="8" max="12" width="8.46484375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2">
       <c r="G2" s="5"/>
-      <c s="1" t="s">
+      <c s="2" t="s">
         <v>2</v>
       </c>
-      <c s="1" t="s">
+      <c s="2" t="s">
         <v>3</v>
       </c>
-      <c s="1" t="s">
+      <c s="2" t="s">
         <v>7</v>
       </c>
-      <c s="1" t="s">
+      <c s="2" t="s">
         <v>4</v>
       </c>
-      <c s="1" t="s">
+      <c s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row>
       <c r="G3" s="4" t="s">
         <v>1</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="0" ref="H3:K3">RAND()*5000+3000</f>
-        <v>3901.0056740943282</v>
+        <v>5886.421833010541</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="0"/>
-        <v>4653.04547316611</v>
+        <v>3176.810629788773</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="0"/>
-        <v>6817.384905629382</v>
+        <v>4340.029982748012</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="0"/>
-        <v>5294.206917164407</v>
-[...1 lines deleted...]
-      <c s="2">
+        <v>6435.200700259325</v>
+      </c>
+      <c s="1">
         <f ca="1" t="shared" si="1" ref="L3:L6">SUM(H3:K3)</f>
-        <v>20665.64297005423</v>
+        <v>19838.46314580665</v>
       </c>
     </row>
     <row>
       <c r="G4" s="4" t="s">
         <v>6</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="2" ref="H4:K4">RAND()*5000+4500</f>
-        <v>8999.789821662864</v>
+        <v>7798.316938578699</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="2"/>
-        <v>5688.795055503</v>
+        <v>5535.893626759413</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="2"/>
-        <v>7623.131486502478</v>
+        <v>5116.060314214004</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="2"/>
-        <v>8472.66882186909</v>
-[...1 lines deleted...]
-      <c s="2">
+        <v>7340.732867680007</v>
+      </c>
+      <c s="1">
         <f ca="1" t="shared" si="1"/>
-        <v>30784.38518553743</v>
+        <v>25791.003747232124</v>
       </c>
     </row>
     <row>
       <c r="G5" s="4" t="s">
         <v>8</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="3" ref="H5:K5">RAND()*5000+1000</f>
-        <v>5891.065201850089</v>
+        <v>3080.0138936427047</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="3"/>
-        <v>2529.4750709679092</v>
+        <v>5808.253961426021</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="3"/>
-        <v>5330.803886830945</v>
+        <v>2051.906854887541</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="3"/>
-        <v>4188.379510384944</v>
-[...1 lines deleted...]
-      <c s="2">
+        <v>1348.9017810635219</v>
+      </c>
+      <c s="1">
         <f ca="1" t="shared" si="1"/>
-        <v>17939.723670033887</v>
+        <v>12289.076491019789</v>
       </c>
     </row>
     <row>
       <c r="G6" s="4" t="s">
         <v>0</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="4" ref="H6:K6">RAND()*5000+6000</f>
-        <v>6208.585689227898</v>
+        <v>8143.126024424147</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="4"/>
-        <v>6526.721458382249</v>
+        <v>7459.197169419517</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="4"/>
-        <v>8053.848605868325</v>
+        <v>7774.252042099862</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="4"/>
-        <v>10086.688621649373</v>
-[...1 lines deleted...]
-      <c s="2">
+        <v>8985.854989821855</v>
+      </c>
+      <c s="1">
         <f ca="1" t="shared" si="1"/>
-        <v>30875.844375127846</v>
+        <v>32362.43022576538</v>
       </c>
     </row>
     <row>
       <c r="G7" s="4" t="s">
         <v>5</v>
       </c>
-      <c s="2">
+      <c s="1">
         <f ca="1" t="shared" si="5" ref="H7:L7">SUM(H3:H6)</f>
-        <v>25000.446386835178</v>
-[...1 lines deleted...]
-      <c s="2">
+        <v>24907.87868965609</v>
+      </c>
+      <c s="1">
         <f ca="1" t="shared" si="5"/>
-        <v>19398.03705801927</v>
-[...1 lines deleted...]
-      <c s="2">
+        <v>21980.155387393723</v>
+      </c>
+      <c s="1">
         <f ca="1" t="shared" si="5"/>
-        <v>27825.16888483113</v>
-[...1 lines deleted...]
-      <c s="2">
+        <v>19282.24919394942</v>
+      </c>
+      <c s="1">
         <f ca="1" t="shared" si="5"/>
-        <v>28041.943871067815</v>
-[...1 lines deleted...]
-      <c s="2">
+        <v>24110.69033882471</v>
+      </c>
+      <c s="1">
         <f ca="1" t="shared" si="5"/>
-        <v>100265.59620075338</v>
+        <v>90280.97360982394</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator>SpreadsheetGear User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>