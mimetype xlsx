--- v1 (2025-11-15)
+++ v2 (2025-12-05)
@@ -226,59 +226,59 @@
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="6">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="6" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="6" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="6" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" /><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" /></Relationships>
 </file>
 
 <file path=xl/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <c:date1904 val="0"/>
   <c:lang val="en-US"/>
   <c:roundedCorners val="0"/>
   <c:chart>
     <c:title>
       <c:tx>
         <c:rich>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
@@ -655,181 +655,181 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <dimension ref="G2:L7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.1"/>
   <cols>
     <col min="7" max="7" width="5.46484375" customWidth="1"/>
     <col min="8" max="12" width="8.46484375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2">
-      <c r="G2" s="5"/>
-      <c s="2" t="s">
+      <c r="G2" s="4"/>
+      <c s="1" t="s">
         <v>2</v>
       </c>
-      <c s="2" t="s">
+      <c s="1" t="s">
         <v>3</v>
       </c>
-      <c s="2" t="s">
+      <c s="1" t="s">
         <v>7</v>
       </c>
-      <c s="2" t="s">
+      <c s="1" t="s">
         <v>4</v>
       </c>
-      <c s="2" t="s">
+      <c s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row>
-      <c r="G3" s="4" t="s">
+      <c r="G3" s="5" t="s">
         <v>1</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="0" ref="H3:K3">RAND()*5000+3000</f>
-        <v>5886.421833010541</v>
+        <v>7685.78822562899</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="0"/>
-        <v>3176.810629788773</v>
+        <v>7819.102804490764</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="0"/>
-        <v>4340.029982748012</v>
+        <v>5762.685336697426</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="0"/>
-        <v>6435.200700259325</v>
-[...1 lines deleted...]
-      <c s="1">
+        <v>5266.674763386303</v>
+      </c>
+      <c s="2">
         <f ca="1" t="shared" si="1" ref="L3:L6">SUM(H3:K3)</f>
-        <v>19838.46314580665</v>
+        <v>26534.251130203484</v>
       </c>
     </row>
     <row>
-      <c r="G4" s="4" t="s">
+      <c r="G4" s="5" t="s">
         <v>6</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="2" ref="H4:K4">RAND()*5000+4500</f>
-        <v>7798.316938578699</v>
+        <v>6815.8091163375575</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="2"/>
-        <v>5535.893626759413</v>
+        <v>4938.975342855268</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="2"/>
-        <v>5116.060314214004</v>
+        <v>8591.474655843604</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="2"/>
-        <v>7340.732867680007</v>
-[...1 lines deleted...]
-      <c s="1">
+        <v>8006.409020723482</v>
+      </c>
+      <c s="2">
         <f ca="1" t="shared" si="1"/>
-        <v>25791.003747232124</v>
+        <v>28352.668135759915</v>
       </c>
     </row>
     <row>
-      <c r="G5" s="4" t="s">
+      <c r="G5" s="5" t="s">
         <v>8</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="3" ref="H5:K5">RAND()*5000+1000</f>
-        <v>3080.0138936427047</v>
+        <v>1067.3323542149485</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="3"/>
-        <v>5808.253961426021</v>
+        <v>2651.2113402243144</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="3"/>
-        <v>2051.906854887541</v>
+        <v>1714.8227715049638</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="3"/>
-        <v>1348.9017810635219</v>
-[...1 lines deleted...]
-      <c s="1">
+        <v>3538.8966707332015</v>
+      </c>
+      <c s="2">
         <f ca="1" t="shared" si="1"/>
-        <v>12289.076491019789</v>
+        <v>8972.26313667743</v>
       </c>
     </row>
     <row>
-      <c r="G6" s="4" t="s">
+      <c r="G6" s="5" t="s">
         <v>0</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="4" ref="H6:K6">RAND()*5000+6000</f>
-        <v>8143.126024424147</v>
+        <v>10604.332021792361</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="4"/>
-        <v>7459.197169419517</v>
+        <v>9874.410566145521</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="4"/>
-        <v>7774.252042099862</v>
+        <v>8267.62959657032</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="4"/>
-        <v>8985.854989821855</v>
-[...1 lines deleted...]
-      <c s="1">
+        <v>8497.507328369824</v>
+      </c>
+      <c s="2">
         <f ca="1" t="shared" si="1"/>
-        <v>32362.43022576538</v>
+        <v>37243.879512878026</v>
       </c>
     </row>
     <row>
-      <c r="G7" s="4" t="s">
+      <c r="G7" s="5" t="s">
         <v>5</v>
       </c>
-      <c s="1">
+      <c s="2">
         <f ca="1" t="shared" si="5" ref="H7:L7">SUM(H3:H6)</f>
-        <v>24907.87868965609</v>
-[...1 lines deleted...]
-      <c s="1">
+        <v>26173.26171797386</v>
+      </c>
+      <c s="2">
         <f ca="1" t="shared" si="5"/>
-        <v>21980.155387393723</v>
-[...1 lines deleted...]
-      <c s="1">
+        <v>25283.700053715867</v>
+      </c>
+      <c s="2">
         <f ca="1" t="shared" si="5"/>
-        <v>19282.24919394942</v>
-[...1 lines deleted...]
-      <c s="1">
+        <v>24336.612360616313</v>
+      </c>
+      <c s="2">
         <f ca="1" t="shared" si="5"/>
-        <v>24110.69033882471</v>
-[...1 lines deleted...]
-      <c s="1">
+        <v>25309.48778321281</v>
+      </c>
+      <c s="2">
         <f ca="1" t="shared" si="5"/>
-        <v>90280.97360982394</v>
+        <v>101103.06191551886</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator>SpreadsheetGear User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>