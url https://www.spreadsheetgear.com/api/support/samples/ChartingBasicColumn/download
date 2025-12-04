--- v0 (2025-10-23)
+++ v1 (2025-12-04)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <fileVersion appName="SpreadsheetGear 9.3.48.102"/>
+  <fileVersion appName="SpreadsheetGear 9.3.52.102"/>
   <workbookPr/>
   <bookViews>
     <workbookView xWindow="-98" yWindow="-98" windowWidth="24496" windowHeight="15796"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="GrandTotal">Sheet1!$L$7</definedName>
     <definedName name="Quarters">Sheet1!$G$3:$G$6</definedName>
     <definedName name="RegionalSales">Sheet1!$G$2:$K$6</definedName>
     <definedName name="Regions">Sheet1!$H$2:$K$2</definedName>
     <definedName name="TotalByQuarter">Sheet1!$L$3:$L$6</definedName>
     <definedName name="TotalByRegion">Sheet1!$H$7:$K$7</definedName>
   </definedNames>
   <calcPr calcId="40001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="9">
   <si>
     <t>Q4</t>
   </si>
   <si>
@@ -226,59 +226,59 @@
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="6">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="6" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="6" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="6" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" /><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" /></Relationships>
 </file>
 
 <file path=xl/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <c:date1904 val="0"/>
   <c:lang val="en-US"/>
   <c:roundedCorners val="0"/>
   <c:chart>
     <c:title>
       <c:tx>
         <c:rich>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
@@ -765,181 +765,181 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <dimension ref="G2:L7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.1"/>
   <cols>
     <col min="7" max="7" width="5.46484375" customWidth="1"/>
     <col min="8" max="12" width="8.46484375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2">
-      <c r="G2" s="5"/>
-      <c s="2" t="s">
+      <c r="G2" s="4"/>
+      <c s="1" t="s">
         <v>2</v>
       </c>
-      <c s="2" t="s">
+      <c s="1" t="s">
         <v>3</v>
       </c>
-      <c s="2" t="s">
+      <c s="1" t="s">
         <v>7</v>
       </c>
-      <c s="2" t="s">
+      <c s="1" t="s">
         <v>4</v>
       </c>
-      <c s="2" t="s">
+      <c s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row>
-      <c r="G3" s="4" t="s">
+      <c r="G3" s="5" t="s">
         <v>1</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="0" ref="H3:K3">RAND()*5000+3000</f>
-        <v>4399.689131103647</v>
+        <v>6469.800616376792</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="0"/>
-        <v>6272.600752436663</v>
+        <v>7588.828584107292</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="0"/>
-        <v>6338.203473518506</v>
+        <v>5860.717503621148</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="0"/>
-        <v>7617.6877823978475</v>
-[...1 lines deleted...]
-      <c s="1">
+        <v>6373.933293361038</v>
+      </c>
+      <c s="2">
         <f ca="1" t="shared" si="1" ref="L3:L6">SUM(H3:K3)</f>
-        <v>24628.181139456665</v>
+        <v>26293.27999746627</v>
       </c>
     </row>
     <row>
-      <c r="G4" s="4" t="s">
+      <c r="G4" s="5" t="s">
         <v>6</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="2" ref="H4:K4">RAND()*5000+4500</f>
-        <v>5515.636586873207</v>
+        <v>5628.977556385209</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="2"/>
-        <v>5483.594073690019</v>
+        <v>4612.073493966993</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="2"/>
-        <v>8419.004145721843</v>
+        <v>7285.764495603207</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="2"/>
-        <v>7344.313257940616</v>
-[...1 lines deleted...]
-      <c s="1">
+        <v>7773.5414053145105</v>
+      </c>
+      <c s="2">
         <f ca="1" t="shared" si="1"/>
-        <v>26762.548064225684</v>
+        <v>25300.35695126992</v>
       </c>
     </row>
     <row>
-      <c r="G5" s="4" t="s">
+      <c r="G5" s="5" t="s">
         <v>8</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="3" ref="H5:K5">RAND()*5000+1000</f>
-        <v>1139.675498085139</v>
+        <v>5360.799295940265</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="3"/>
-        <v>5157.810238341089</v>
+        <v>5371.381803706989</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="3"/>
-        <v>1565.758997426502</v>
+        <v>2324.622563304332</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="3"/>
-        <v>4614.159742594669</v>
-[...1 lines deleted...]
-      <c s="1">
+        <v>4962.112153712738</v>
+      </c>
+      <c s="2">
         <f ca="1" t="shared" si="1"/>
-        <v>12477.404476447398</v>
+        <v>18018.915816664325</v>
       </c>
     </row>
     <row>
-      <c r="G6" s="4" t="s">
+      <c r="G6" s="5" t="s">
         <v>0</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="4" ref="H6:K6">RAND()*5000+6000</f>
-        <v>9984.499342426147</v>
+        <v>8438.049068084314</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="4"/>
-        <v>7460.246944594168</v>
+        <v>7879.025410421215</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="4"/>
-        <v>6002.161782438002</v>
+        <v>7159.248393465778</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="4"/>
-        <v>7104.533221341053</v>
-[...1 lines deleted...]
-      <c s="1">
+        <v>8408.430220694821</v>
+      </c>
+      <c s="2">
         <f ca="1" t="shared" si="1"/>
-        <v>30551.44129079937</v>
+        <v>31884.753092666127</v>
       </c>
     </row>
     <row>
-      <c r="G7" s="4" t="s">
+      <c r="G7" s="5" t="s">
         <v>5</v>
       </c>
-      <c s="1">
+      <c s="2">
         <f ca="1" t="shared" si="5" ref="H7:L7">SUM(H3:H6)</f>
-        <v>21039.50055848814</v>
-[...1 lines deleted...]
-      <c s="1">
+        <v>25897.62653678658</v>
+      </c>
+      <c s="2">
         <f ca="1" t="shared" si="5"/>
-        <v>24374.25200906194</v>
-[...1 lines deleted...]
-      <c s="1">
+        <v>25451.309292202488</v>
+      </c>
+      <c s="2">
         <f ca="1" t="shared" si="5"/>
-        <v>22325.12839910485</v>
-[...1 lines deleted...]
-      <c s="1">
+        <v>22630.352955994465</v>
+      </c>
+      <c s="2">
         <f ca="1" t="shared" si="5"/>
-        <v>26680.694004274184</v>
-[...1 lines deleted...]
-      <c s="1">
+        <v>27518.01707308311</v>
+      </c>
+      <c s="2">
         <f ca="1" t="shared" si="5"/>
-        <v>94419.57497092911</v>
+        <v>101497.30585806665</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator>SpreadsheetGear User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>