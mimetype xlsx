--- v0 (2025-11-12)
+++ v1 (2025-12-04)
@@ -226,59 +226,59 @@
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="6">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="6" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="6" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="6" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" /><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" /></Relationships>
 </file>
 
 <file path=xl/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <c:date1904 val="0"/>
   <c:lang val="en-US"/>
   <c:roundedCorners val="0"/>
   <c:chart>
     <c:title>
       <c:tx>
         <c:rich>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
@@ -767,181 +767,181 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <dimension ref="G2:L7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.1"/>
   <cols>
     <col min="7" max="7" width="5.46484375" customWidth="1"/>
     <col min="8" max="12" width="8.46484375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2">
-      <c r="G2" s="4"/>
-      <c s="1" t="s">
+      <c r="G2" s="5"/>
+      <c s="2" t="s">
         <v>2</v>
       </c>
-      <c s="1" t="s">
+      <c s="2" t="s">
         <v>3</v>
       </c>
-      <c s="1" t="s">
+      <c s="2" t="s">
         <v>7</v>
       </c>
-      <c s="1" t="s">
+      <c s="2" t="s">
         <v>4</v>
       </c>
-      <c s="1" t="s">
+      <c s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row>
-      <c r="G3" s="5" t="s">
+      <c r="G3" s="4" t="s">
         <v>1</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="0" ref="H3:K3">RAND()*5000+3000</f>
-        <v>7702.9915958144875</v>
+        <v>6628.484655221324</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="0"/>
-        <v>3200.2285190856946</v>
+        <v>5652.312632808784</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="0"/>
-        <v>6778.8171131776635</v>
+        <v>5962.062209236094</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="0"/>
-        <v>4697.064565328312</v>
-[...1 lines deleted...]
-      <c s="2">
+        <v>6951.019712256873</v>
+      </c>
+      <c s="1">
         <f ca="1" t="shared" si="1" ref="L3:L6">SUM(H3:K3)</f>
-        <v>22379.10179340616</v>
+        <v>25193.879209523075</v>
       </c>
     </row>
     <row>
-      <c r="G4" s="5" t="s">
+      <c r="G4" s="4" t="s">
         <v>6</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="2" ref="H4:K4">RAND()*5000+4500</f>
-        <v>6186.326786226924</v>
+        <v>5551.64227691402</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="2"/>
-        <v>4713.242899804524</v>
+        <v>9177.505925732577</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="2"/>
-        <v>8063.316779607125</v>
+        <v>8996.329900240687</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="2"/>
-        <v>5917.88583764749</v>
-[...1 lines deleted...]
-      <c s="2">
+        <v>5381.105976066867</v>
+      </c>
+      <c s="1">
         <f ca="1" t="shared" si="1"/>
-        <v>24880.772303286063</v>
+        <v>29106.584078954147</v>
       </c>
     </row>
     <row>
-      <c r="G5" s="5" t="s">
+      <c r="G5" s="4" t="s">
         <v>8</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="3" ref="H5:K5">RAND()*5000+1000</f>
-        <v>1726.1315736057084</v>
+        <v>2173.662982450332</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="3"/>
-        <v>5746.800824046513</v>
+        <v>2548.120541465705</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="3"/>
-        <v>2131.7701303356607</v>
+        <v>4473.757759109954</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="3"/>
-        <v>5683.20986840252</v>
-[...1 lines deleted...]
-      <c s="2">
+        <v>5809.470145927253</v>
+      </c>
+      <c s="1">
         <f ca="1" t="shared" si="1"/>
-        <v>15287.912396390404</v>
+        <v>15005.011428953245</v>
       </c>
     </row>
     <row>
-      <c r="G6" s="5" t="s">
+      <c r="G6" s="4" t="s">
         <v>0</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="4" ref="H6:K6">RAND()*5000+6000</f>
-        <v>10499.853689919373</v>
+        <v>10421.760124576322</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="4"/>
-        <v>9056.4222405315</v>
+        <v>7157.947047592401</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="4"/>
-        <v>6135.701822905286</v>
+        <v>10851.379270167574</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="4"/>
-        <v>9695.360635215295</v>
-[...1 lines deleted...]
-      <c s="2">
+        <v>9176.416866468287</v>
+      </c>
+      <c s="1">
         <f ca="1" t="shared" si="1"/>
-        <v>35387.33838857145</v>
+        <v>37607.50330880459</v>
       </c>
     </row>
     <row>
-      <c r="G7" s="5" t="s">
+      <c r="G7" s="4" t="s">
         <v>5</v>
       </c>
-      <c s="2">
+      <c s="1">
         <f ca="1" t="shared" si="5" ref="H7:L7">SUM(H3:H6)</f>
-        <v>26115.30364556649</v>
-[...1 lines deleted...]
-      <c s="2">
+        <v>24775.550039161997</v>
+      </c>
+      <c s="1">
         <f ca="1" t="shared" si="5"/>
-        <v>22716.69448346823</v>
-[...1 lines deleted...]
-      <c s="2">
+        <v>24535.88614759947</v>
+      </c>
+      <c s="1">
         <f ca="1" t="shared" si="5"/>
-        <v>23109.605846025734</v>
-[...1 lines deleted...]
-      <c s="2">
+        <v>30283.529138754307</v>
+      </c>
+      <c s="1">
         <f ca="1" t="shared" si="5"/>
-        <v>25993.520906593618</v>
-[...1 lines deleted...]
-      <c s="2">
+        <v>27318.01270071928</v>
+      </c>
+      <c s="1">
         <f ca="1" t="shared" si="5"/>
-        <v>97935.12488165408</v>
+        <v>106912.97802623505</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator>SpreadsheetGear User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>